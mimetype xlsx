--- v0 (2026-01-30)
+++ v1 (2026-03-26)
@@ -9,52 +9,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Certified Job Codes" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="397">
   <si>
     <t>Certified Job Codes</t>
   </si>
   <si>
-    <t>1/30/2026
-2:11:55 PM</t>
+    <t>3/26/2026
+3:41:03 PM</t>
   </si>
   <si>
     <t>Job Code</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Licensure Code</t>
   </si>
   <si>
     <t>Grade Level (Low)</t>
   </si>
   <si>
     <t>Grade Level (High)</t>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">1000</d:t>
     </d:r>
   </si>