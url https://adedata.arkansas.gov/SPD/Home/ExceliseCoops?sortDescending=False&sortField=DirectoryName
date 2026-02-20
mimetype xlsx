--- v0 (2025-11-08)
+++ v1 (2026-02-20)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="SPD  Coop" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="542" uniqueCount="542">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="540">
   <si>
     <t>LEA</t>
   </si>
   <si>
     <t>LEA Name</t>
   </si>
   <si>
     <t>Contact Name</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Fax Number</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
@@ -3125,51 +3125,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-267-7450</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">stephanie.trolinger@nwaesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">http://www.starfishnw.org</d:t>
+      <d:t xml:space="preserve">http://www.nwaesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-267-7450 x  302</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-267-7456 x 7456</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -4656,60 +4656,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">rreedy@wdmesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">https://wdmesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-882-5467 x 2224</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">501-882-8609 x 0</d:t>
+      <d:t xml:space="preserve">501-882-5467</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-882-8609</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">114 South Main</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Beebe</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -4723,59 +4723,50 @@
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">114 N Main</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Colleen Jobe</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">SPED Supervisor/Early Childhood Coordinator
 SIS eSchoolPlus Coordinator for Cycles 2 thru 7
 Foster Care Liaison Coordinator
 Liaison for Homeless Coordinator</d:t>
-    </d:r>
-[...7 lines deleted...]
-      <d:t xml:space="preserve">501-882-5467</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">cjobe@wdmesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Brandi Hardcastle</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -4865,59 +4856,50 @@
       <d:t xml:space="preserve">Equity Assistance Coordinator (A. C. A. 6-17-1902)
 Title VI Coordinator (Civil Rights Act of 1964)
 Communications Manager / Director
 Bus Inspector
 ALE Director
 Section 504 Coord (Rehabilitation Act of 1973)
 Education Cooperative Director</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-882-5467 x 2222</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">bhorn@wdmesc.org</d:t>
-    </d:r>
-[...7 lines deleted...]
-      <d:t xml:space="preserve">501-882-8609</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Christie Gillion</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">cgillion@wdmesc.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -12174,54 +12156,54 @@
       </c>
       <c r="R115" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S115" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T115" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B116" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C116" s="8" t="s">
         <v>520</v>
       </c>
       <c r="D116" s="7" t="s">
         <v>521</v>
       </c>
       <c r="E116" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="F116" s="8" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K116" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L116" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M116" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N116" s="8" t="s">
         <v>31</v>
       </c>
@@ -12230,60 +12212,60 @@
       </c>
       <c r="P116" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q116" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R116" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S116" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T116" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B117" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D117" s="7" t="s">
         <v>126</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="F117" s="8" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="G117" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K117" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L117" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N117" s="8" t="s">
         <v>31</v>
       </c>
@@ -12292,122 +12274,122 @@
       </c>
       <c r="P117" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q117" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R117" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S117" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T117" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B118" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C118" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="D118" s="7" t="s">
         <v>526</v>
       </c>
-      <c r="D118" s="7" t="s">
+      <c r="E118" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="F118" s="8" t="s">
         <v>527</v>
       </c>
-      <c r="E118" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F118" s="8" t="s">
+      <c r="G118" s="5" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="H118" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K118" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L118" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M118" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N118" s="8" t="s">
         <v>31</v>
       </c>
       <c r="O118" s="8" t="s">
         <v>518</v>
       </c>
       <c r="P118" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q118" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R118" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S118" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T118" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B119" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="D119" s="7" t="s">
         <v>50</v>
       </c>
       <c r="E119" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="F119" s="8" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="G119" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H119" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K119" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L119" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M119" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N119" s="8" t="s">
         <v>31</v>
       </c>
@@ -12416,184 +12398,184 @@
       </c>
       <c r="P119" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q119" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R119" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S119" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T119" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B120" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C120" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="D120" s="7" t="s">
         <v>533</v>
       </c>
-      <c r="D120" s="7" t="s">
+      <c r="E120" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="E120" s="5" t="s">
+      <c r="F120" s="8" t="s">
         <v>535</v>
       </c>
-      <c r="F120" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G120" s="5" t="s">
-        <v>537</v>
+        <v>515</v>
       </c>
       <c r="H120" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K120" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L120" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N120" s="8" t="s">
         <v>31</v>
       </c>
       <c r="O120" s="8" t="s">
         <v>518</v>
       </c>
       <c r="P120" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q120" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R120" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S120" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T120" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B121" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C121" s="8" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D121" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="F121" s="8" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>537</v>
+        <v>515</v>
       </c>
       <c r="H121" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I121" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K121" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L121" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M121" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N121" s="8" t="s">
         <v>31</v>
       </c>
       <c r="O121" s="8" t="s">
         <v>518</v>
       </c>
       <c r="P121" s="8" t="s">
         <v>519</v>
       </c>
       <c r="Q121" s="8" t="s">
         <v>29</v>
       </c>
       <c r="R121" s="8" t="s">
         <v>517</v>
       </c>
       <c r="S121" s="8" t="s">
         <v>31</v>
       </c>
       <c r="T121" s="8" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B122" s="7" t="s">
         <v>509</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D122" s="7" t="s">
         <v>287</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="F122" s="8" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="G122" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="8" t="s">
         <v>513</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K122" s="8" t="s">
         <v>516</v>
       </c>
       <c r="L122" s="8" t="s">
         <v>29</v>
       </c>
       <c r="M122" s="8" t="s">
         <v>517</v>
       </c>
       <c r="N122" s="8" t="s">
         <v>31</v>
       </c>