--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -9,52 +9,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NID" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2099" uniqueCount="2099">
   <si>
     <t>NCES Information Directory - Districts</t>
   </si>
   <si>
-    <t>10/15/2025
-5:09:36 PM</t>
+    <t>12/4/2025
+3:29:19 PM</t>
   </si>
   <si>
     <t>District LEA</t>
   </si>
   <si>
     <t>NCES LEA ID</t>
   </si>
   <si>
     <t>District Description</t>
   </si>
   <si>
     <t>Agency Description</t>
   </si>
   <si>
     <t>OP Status Description</t>
   </si>
   <si>
     <t>Charter LEA Status</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Mailing Address</t>
   </si>