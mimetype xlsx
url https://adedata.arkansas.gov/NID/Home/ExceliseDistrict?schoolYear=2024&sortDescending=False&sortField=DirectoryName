--- v1 (2025-12-04)
+++ v2 (2026-01-28)
@@ -9,52 +9,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NID" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2099" uniqueCount="2099">
   <si>
     <t>NCES Information Directory - Districts</t>
   </si>
   <si>
-    <t>12/4/2025
-3:29:19 PM</t>
+    <t>1/28/2026
+11:58:24 AM</t>
   </si>
   <si>
     <t>District LEA</t>
   </si>
   <si>
     <t>NCES LEA ID</t>
   </si>
   <si>
     <t>District Description</t>
   </si>
   <si>
     <t>Agency Description</t>
   </si>
   <si>
     <t>OP Status Description</t>
   </si>
   <si>
     <t>Charter LEA Status</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Mailing Address</t>
   </si>