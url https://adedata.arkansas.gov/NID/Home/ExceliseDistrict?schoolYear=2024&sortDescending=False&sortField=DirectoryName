--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -9,52 +9,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="NID" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2099" uniqueCount="2099">
   <si>
     <t>NCES Information Directory - Districts</t>
   </si>
   <si>
-    <t>1/28/2026
-11:58:24 AM</t>
+    <t>3/17/2026
+4:44:55 PM</t>
   </si>
   <si>
     <t>District LEA</t>
   </si>
   <si>
     <t>NCES LEA ID</t>
   </si>
   <si>
     <t>District Description</t>
   </si>
   <si>
     <t>Agency Description</t>
   </si>
   <si>
     <t>OP Status Description</t>
   </si>
   <si>
     <t>Charter LEA Status</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Mailing Address</t>
   </si>