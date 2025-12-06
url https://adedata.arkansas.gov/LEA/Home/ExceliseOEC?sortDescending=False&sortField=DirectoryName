--- v0 (2025-10-08)
+++ v1 (2025-12-06)
@@ -252,51 +252,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Keith Roberts</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">aroberts@artsk12.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">479-878-2787 x 1795</d:t>
+      <d:t xml:space="preserve">479-878-2787 x 1798</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.artsk12.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">1110 West Poplar
 Rogers
 AR - 72756</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>