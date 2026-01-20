--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -1431,60 +1431,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">6060700</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">SCHOLARMADE ACHIEVEMENT PLACE OF ARKANSAS</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Carmen Pruitt</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">carmen.pruitt@scholarmade.org</d:t>
+      <d:t xml:space="preserve">Phillis Anderson</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">pnicholsanderson@scholarmade.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-404-0012</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.scholarmade.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>