--- v2 (2026-01-20)
+++ v3 (2026-03-24)
@@ -716,51 +716,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">EXCEL CENTER</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Amanda Brogdon</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">abrogdon@goodwillar.org</d:t>
+      <d:t xml:space="preserve">abrogdon@excelcenterar.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-372-5100 x 1251</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.goodwillar.org/excel</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -1133,51 +1133,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Scott James</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">scott.r.james5@iacs.k12.ar.us</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-869-3015</d:t>
+      <d:t xml:space="preserve">870-869-3015 x 3015</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.imbodencharter.com                  </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">800 Beech St.
 Black Rock
 AR - 72415</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>