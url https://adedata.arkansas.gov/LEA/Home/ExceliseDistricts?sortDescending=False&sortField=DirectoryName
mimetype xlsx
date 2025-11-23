--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1505,60 +1505,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">4702000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">BLYTHEVILLE SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Brent Miller</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">bmiller@blythevilleschools.net</d:t>
+      <d:t xml:space="preserve">Kristina Winters</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">kwinters@blythevilleschools.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-762-2053</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">blythevilleschools.com             </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -3184,51 +3184,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">James Jones Iii</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">jjones@cotterschools.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-435-6171 x 122</d:t>
+      <d:t xml:space="preserve">870-435-6171 x 303</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">http://cotterschools.net                </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">P.O. Box 70
 Cotter
 AR - 72626</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
@@ -3751,60 +3751,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">5106000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">DEER MT JUDEA SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Joshua Lawrence</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">joshua.lawrence@dmj.k12.ar.us</d:t>
+      <d:t xml:space="preserve">Elizabeth Nichols</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">elizabeth.nichols@dmj.k12.ar.us</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-428-8102 x 8102</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">deermtjudea.k12.ar.us                   </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -13786,51 +13786,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Jeffrey Steed</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">jeffrey.steed@shbears.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-777-8236 x 8236</d:t>
+      <d:t xml:space="preserve">870-777-8236</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">http://www.shbears.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">633 Hwy 355 W
 Hope
 AR - 71801</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
@@ -14389,51 +14389,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Roland Popejoy</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">roland.popejoy@valleyviewschools.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-935-6200 x 220</d:t>
+      <d:t xml:space="preserve">870-935-6200 x 321</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">http://www.valleyviewschools.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">2131 Valley View Dr
 Jonesboro
 AR - 72404</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>