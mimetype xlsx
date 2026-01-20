--- v1 (2025-11-23)
+++ v2 (2026-01-20)
@@ -1505,60 +1505,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">4702000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">BLYTHEVILLE SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Kristina Winters</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">kwinters@blythevilleschools.net</d:t>
+      <d:t xml:space="preserve">Vanessa Hopkins</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">vhopkins@blythevilleschools.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-762-2053</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">blythevilleschools.com             </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -10193,51 +10193,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">braden.watson@mvewarhawks.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-849-2220</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">https://www.mvewarhawks.org/         </d:t>
+      <d:t xml:space="preserve">www.mvewarhawks.org     </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">33 Garland Springs Rd
 Mt. Vernon
 AR - 72111</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">0303000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
@@ -12264,60 +12264,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">5006000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">PRESCOTT SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Angela Bryant</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">abryant@prescottschool.net</d:t>
+      <d:t xml:space="preserve">Larry Smith</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">lsmith@prescottschool.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-887-3016 x 7601</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">curleywolves.org                      </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -13786,51 +13786,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Jeffrey Steed</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">jeffrey.steed@shbears.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-777-8236</d:t>
+      <d:t xml:space="preserve">870-777-8236 x 8236</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">http://www.shbears.org</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">633 Hwy 355 W
 Hope
 AR - 71801</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>