--- v2 (2026-01-20)
+++ v3 (2026-03-14)
@@ -3426,60 +3426,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">2601000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">CUTTER MORNING STAR SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Nancy Anderson</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">nancy.anderson@cmseagles.net</d:t>
+      <d:t xml:space="preserve">Lance Campbell</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">lance.campbell@cmseagles.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-262-2414</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">eaglesnest.dsc.k12.ar.us</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
@@ -7306,51 +7306,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Miguel Hernandez</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">hernandezm@hssd.net</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-624-3372 x 1022</d:t>
+      <d:t xml:space="preserve">501-624-3372 x 1056</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.hssd.net                            </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">400 Linwood Ave
 Hot Springs
 AR - 71913</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
@@ -15021,60 +15021,60 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">7509000</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">WESTERN YELL COUNTY SCHOOL DISTRICT</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Taunya Parsons</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">parsonst@wycschools.com</d:t>
+      <d:t xml:space="preserve">James Galarza</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="10"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">galarzaj@wycschools.com</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-476-4294 x 4291</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">www.wycschools.com             </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="10"/>
         <d:rFont val="Raleway"/>