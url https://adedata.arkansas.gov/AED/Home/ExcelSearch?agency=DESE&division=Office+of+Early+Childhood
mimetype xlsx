--- v0 (2025-10-03)
+++ v1 (2025-12-31)
@@ -4,57 +4,57 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="506">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
-    <t>10/2/2025
-9:21:26 PM</t>
+    <t>12/31/2025
+1:03:15 AM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>
@@ -69,51 +69,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Early Childhood Program Specialist</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Aaliyah.Lemons@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve"/>
+      <d:t xml:space="preserve">870-400-0874</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Elementary and Secondary Education</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Office of Early Childhood</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -255,100 +255,100 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-371-1401</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 138-B
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Alethiea Woodard-Pittenger</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">Alethiea.Woodard-Pittenger@ade.arkansas.gov</d:t>
+      <d:t xml:space="preserve">Alethiea Woodard</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Alethiea.Woodard@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-218-3854</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">711 Clinton Street
  #5
  Arkadelphia
  Arkansas
  71923</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Alicia Atwood</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Pre-K RISE Specialist</d:t>
+      <d:t xml:space="preserve">Early Childhood Program Administrator</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Alicia.Atwood@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-682-0492</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -480,51 +480,51 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">133 North Main Street
  Beebe
  Arkansas
  72012
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Ashelyn Abney</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Interim Director</d:t>
+      <d:t xml:space="preserve">Education Division Director</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Ashelyn.Abney@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-8953</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -626,91 +626,91 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Betty Culp</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Betty.Culp@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">479-273-9011 X181</d:t>
+      <d:t xml:space="preserve">479-619-7174</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">614 East Emma
  Suite 100
  Springdale
  Arkansas
   72764</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Beverly Catlett</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Beverly.Catlett@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">479-495-2723Ext.122</d:t>
+      <d:t xml:space="preserve">479-622-1191</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">904 M Street
  Danville
  Arkansas
  72834
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Brandy Brewer</d:t>
     </d:r>
   </si>
   <si>
@@ -746,59 +746,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 140
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Brandy Ishmon</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Early Childhood Program Administrator</d:t>
-[...7 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Brandy.Ishmon@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-8930</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 118
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
@@ -1146,162 +1137,82 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-387-7861</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">4201 N Shiloh Dr
  STE 110
  Fayetteville
  Arkansas
  72703</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Christina Arnold</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Courtney Brown</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Courtney.Brown@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-648-9265</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">912 W 6th Ave.
  Pine Bluff
  Arkansas
  71601
 </d:t>
-    </d:r>
-[...38 lines deleted...]
- 72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Danielle Jones</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Danielle.Jones@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -1542,55 +1453,55 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Erica.Moore@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-498-8304</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">4201 North Shiloh Drive
-[...3 lines deleted...]
- 72703</d:t>
+      <d:t xml:space="preserve">614 E. Emma Avenue
+ Springdale
+ Arkansas
+ 72764
+</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Grace Norton</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Grace.Norton@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -1991,90 +1902,99 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Jennifer Watkins</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">JENNIFER.WATKINS@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-910-8573</d:t>
+      <d:t xml:space="preserve">870-910-8519</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">1600 Browns Lane Access Road
  Jonesboro
  AR
  72401
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Jessica McDaniel</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Jessica.McDaniel@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">870-910-8573</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">1600 Browns Lane Access Road
  Jonesboro
  Arkansas
  72401
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Joshua Burchfield</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Joshua.Burchfield@ade.arkansas.gov</d:t>
     </d:r>
   </si>
@@ -2200,82 +2120,82 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-D
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kayla Bodi</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Early Childhood Program Supervisor/Exper</d:t>
+      <d:t xml:space="preserve">Early Childhood Program Supervisor/Expert</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kayla.Bodi@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-644-4835</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Two Capitol Mall
-[...3 lines deleted...]
- 72201</d:t>
+      <d:t xml:space="preserve">525 Hammond Drive
+ Hot Springs
+ Arkansas
+ 71913
+</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kayla Perry</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kayla.Perry@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -2681,51 +2601,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kymmisha Sykes</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kymmisha.Sykes@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-682-2426</d:t>
+      <d:t xml:space="preserve">501-534-5063</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-U
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">LaNeka Ellis</d:t>
     </d:r>
   </si>
   <si>
@@ -2761,51 +2681,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Latiffany Kemp</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Latiffany.Kemp@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-267-6209</d:t>
+      <d:t xml:space="preserve">501-786-7522</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">616 Garrison Ave.
  Fort Smith
  Arkansas
  72901
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Latundra Wright</d:t>
     </d:r>
   </si>
   <si>
@@ -2841,90 +2761,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Launa.Radford@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-663-3847</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">222 Van Buren Street Camden
  Arkansas
  71701
 </d:t>
-    </d:r>
-[...38 lines deleted...]
- 72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Leola Watson</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Leola.Watson@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -3279,72 +3159,90 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Administrative Specialist</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Marica.Miller@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">501-683-9699</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 139-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Mary Oliver</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">Early Childhood Program Supervisor/Exper</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">mary.oliver@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-275-5529</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">325 West Main
  Sparkman
  Arkansas
  71763
 </d:t>
     </d:r>
   </si>
@@ -3390,51 +3288,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Melissa Sawyer</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Melissa.Sawyer@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-773-0563</d:t>
+      <d:t xml:space="preserve">501-813-7984</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">3809 Airport Plaza
  Texarkana
  Arkansas
  71854
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Michaele Strope</d:t>
     </d:r>
   </si>
   <si>
@@ -3597,90 +3495,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-371-1347</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-V
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Nancy Pearlstein</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Neondra Cain</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Neondra.Cain@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-6023</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -3886,90 +3744,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-8940</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 131
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Pamela Carlisle</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Pamela de la Fuente</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Pamela.delaFuente@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-940-8554</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -4113,51 +3931,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Ronnie.Benjamin@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-580-6032</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">131 Highway 71 Bypass South
+      <d:t xml:space="preserve">408 Elm Street
  Waldron
  Arkansas
  72958
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Sally Webb</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Sally.Webb@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
@@ -4545,51 +4363,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Stephanie Moya</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Stephanie.Moya@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">870-330-8247</d:t>
+      <d:t xml:space="preserve">501-648-9275</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">3809 Airport Plaza
 Texarkana
  Arkansas
  71854
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Susan Simmons</d:t>
     </d:r>
   </si>
   <si>
@@ -4742,59 +4560,50 @@
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Terri.Grice@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870 820-1477</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Theodore Beck</d:t>
-    </d:r>
-[...7 lines deleted...]
-      <d:t xml:space="preserve">Early Childhood Program Supervisor/Expert</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Theodore.Beck@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-541-6858</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -4958,100 +4767,51 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 139-B
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Tonya Williams</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Education Division Director</d:t>
-[...7 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Tonya.L.Williams@ade.arkansas.gov</d:t>
-    </d:r>
-[...38 lines deleted...]
-</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Unique Asistido</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Unique.Asistido@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -5286,60 +5046,60 @@
     <xf fontId="3" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H131"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="1" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="27.9315757751465" customWidth="1" style="2"/>
+    <col min="1" max="1" width="23.3543796539307" customWidth="1" style="2"/>
     <col min="2" max="2" width="43.2396926879883" customWidth="1" style="2"/>
-    <col min="3" max="3" width="47.1836128234863" customWidth="1" style="2"/>
-    <col min="4" max="4" width="22.1676235198975" customWidth="1" style="3"/>
+    <col min="3" max="3" width="42.6064186096191" customWidth="1" style="2"/>
+    <col min="4" max="4" width="20.1020545959473" customWidth="1" style="3"/>
     <col min="5" max="5" width="37.5852165222168" customWidth="1" style="3"/>
     <col min="6" max="6" width="25.2521667480469" customWidth="1" style="3"/>
     <col min="7" max="7" width="31.2350521087646" customWidth="1" style="3"/>
     <col min="8" max="8" width="40" customWidth="1" style="4"/>
     <col min="9" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="11"/>
       <c r="H1" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>2</v>
       </c>
@@ -5738,1262 +5498,1262 @@
       </c>
       <c r="C17" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>79</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="D18" s="7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="7" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="10" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="7" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="10" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" s="7" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="10" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="10" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D24" s="7" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="10" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" s="7" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="10" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="10" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" s="7" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="10" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="7" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="10" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="10" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="10" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="6" t="s">
+      <c r="D32" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="D32" s="7" t="s">
+      <c r="E32" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H32" s="10" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" s="6" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>143</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>144</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>147</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="C35" s="6" t="s">
+      <c r="D35" s="7" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="10" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C36" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="6" t="s">
+      <c r="D36" s="7" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" s="6" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>161</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>16</v>
+        <v>162</v>
       </c>
       <c r="H37" s="10" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H38" s="10" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>168</v>
+        <v>11</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>170</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" s="10" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="10" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" s="7" t="s">
         <v>178</v>
       </c>
-      <c r="D41" s="7" t="s">
+      <c r="E41" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H41" s="10" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" s="7" t="s">
         <v>182</v>
       </c>
-      <c r="D42" s="7" t="s">
+      <c r="E42" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H42" s="10" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="7" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="10" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C44" s="6" t="s">
         <v>189</v>
       </c>
-      <c r="B44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="6" t="s">
+      <c r="D44" s="7" t="s">
         <v>190</v>
       </c>
-      <c r="D44" s="7" t="s">
+      <c r="E44" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="H44" s="10" t="s">
         <v>191</v>
-      </c>
-[...10 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="7" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="10" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="B46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="6" t="s">
+      <c r="D46" s="7" t="s">
         <v>198</v>
       </c>
-      <c r="D46" s="7" t="s">
+      <c r="E46" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" s="10" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" s="7" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="10" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" s="7" t="s">
         <v>206</v>
       </c>
-      <c r="D48" s="7" t="s">
+      <c r="E48" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48" s="10" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D49" s="7" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="s">
         <v>212</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>213</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>214</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H50" s="10" t="s">
-        <v>215</v>
+        <v>179</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="D51" s="7" t="s">
+      <c r="E51" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H51" s="10" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" s="6" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>221</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>222</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H52" s="10" t="s">
-        <v>188</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C53" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H53" s="10" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>229</v>
       </c>
       <c r="D54" s="7" t="s">
         <v>230</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="10" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="s">
         <v>232</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>233</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>234</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H55" s="10" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="B56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="6" t="s">
+      <c r="D56" s="7" t="s">
         <v>237</v>
       </c>
-      <c r="D56" s="7" t="s">
+      <c r="E56" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H56" s="10" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C57" s="6" t="s">
         <v>240</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="6" t="s">
+      <c r="D57" s="7" t="s">
         <v>241</v>
       </c>
-      <c r="D57" s="7" t="s">
+      <c r="E57" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H57" s="10" t="s">
         <v>242</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="s">
         <v>243</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C58" s="6" t="s">
         <v>244</v>
       </c>
       <c r="D58" s="7" t="s">
         <v>245</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H58" s="10" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="s">
         <v>247</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H59" s="10" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H60" s="10" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>256</v>
+        <v>28</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>257</v>
       </c>
       <c r="D61" s="7" t="s">
         <v>258</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H61" s="10" t="s">
-        <v>259</v>
+        <v>179</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C62" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="B62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="6" t="s">
+      <c r="D62" s="7" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="10" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" s="6" t="s">
         <v>264</v>
       </c>
-      <c r="B63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="6" t="s">
+      <c r="D63" s="7" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="10" t="s">
-        <v>188</v>
+        <v>266</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>268</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>269</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H64" s="10" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>272</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>273</v>
       </c>
       <c r="E65" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="7" t="s">
@@ -7001,1728 +6761,1572 @@
       </c>
       <c r="H65" s="10" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>276</v>
       </c>
       <c r="D66" s="7" t="s">
         <v>277</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H66" s="10" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="6" t="s">
         <v>279</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>280</v>
       </c>
       <c r="D67" s="7" t="s">
         <v>281</v>
       </c>
       <c r="E67" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="10" t="s">
-        <v>282</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="D68" s="7" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H68" s="10" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C69" s="6" t="s">
         <v>287</v>
       </c>
-      <c r="B69" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="6" t="s">
+      <c r="D69" s="7" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="10" t="s">
-        <v>17</v>
+        <v>289</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="6" t="s">
         <v>290</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>291</v>
       </c>
       <c r="D70" s="7" t="s">
         <v>292</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H70" s="10" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C71" s="6" t="s">
         <v>294</v>
       </c>
-      <c r="B71" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="6" t="s">
+      <c r="D71" s="7" t="s">
         <v>295</v>
       </c>
-      <c r="D71" s="7" t="s">
+      <c r="E71" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H71" s="10" t="s">
         <v>296</v>
-      </c>
-[...10 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C72" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="6" t="s">
+      <c r="D72" s="7" t="s">
         <v>299</v>
       </c>
-      <c r="D72" s="7" t="s">
+      <c r="E72" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H72" s="10" t="s">
         <v>300</v>
-      </c>
-[...10 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="6" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B73" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C73" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="D73" s="7" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="10" t="s">
-        <v>282</v>
+        <v>304</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="s">
         <v>305</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>306</v>
       </c>
       <c r="D74" s="7" t="s">
         <v>307</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H74" s="10" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="6" t="s">
         <v>309</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>256</v>
+        <v>310</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="7" t="s">
-        <v>40</v>
+        <v>313</v>
       </c>
       <c r="H75" s="10" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H76" s="10" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="6" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H77" s="10" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="6" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="7" t="s">
-        <v>325</v>
+        <v>25</v>
       </c>
       <c r="H78" s="10" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>11</v>
+        <v>329</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="10" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H80" s="10" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="6" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>336</v>
+        <v>11</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>269</v>
+        <v>339</v>
       </c>
       <c r="E81" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H81" s="10" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="6" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D82" s="7" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H82" s="10" t="s">
-        <v>342</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="6" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D83" s="7" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E83" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H83" s="10" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E84" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H84" s="10" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B85" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D85" s="7" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E85" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="10" t="s">
-        <v>121</v>
+        <v>355</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="6" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D86" s="7" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="10" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>11</v>
+        <v>329</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D87" s="7" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="10" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D88" s="7" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="7" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H88" s="10" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="6" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D89" s="7" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="E89" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="10" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>322</v>
+        <v>11</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="7" t="s">
-        <v>325</v>
+        <v>25</v>
       </c>
       <c r="H90" s="10" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>228</v>
+        <v>329</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H91" s="10" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="6" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>11</v>
+        <v>381</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="E92" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H92" s="10" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="6" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D93" s="7" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E93" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H93" s="10" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="6" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D94" s="7" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H94" s="10" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D95" s="7" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H95" s="10" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="B96" s="6" t="s">
-        <v>395</v>
+        <v>310</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D96" s="7" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E96" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="7" t="s">
-        <v>40</v>
+        <v>313</v>
       </c>
       <c r="H96" s="10" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="6" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D97" s="7" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="E97" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="7" t="s">
-        <v>325</v>
+        <v>16</v>
       </c>
       <c r="H97" s="10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E98" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H98" s="10" t="s">
-        <v>406</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B99" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D99" s="7" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E99" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="10" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="6" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D100" s="7" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E100" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H100" s="10" t="s">
-        <v>414</v>
+        <v>179</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="6" t="s">
         <v>415</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>322</v>
+        <v>11</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>416</v>
       </c>
       <c r="D101" s="7" t="s">
         <v>417</v>
       </c>
       <c r="E101" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="7" t="s">
-        <v>325</v>
+        <v>25</v>
       </c>
       <c r="H101" s="10" t="s">
-        <v>418</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="6" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="D102" s="7" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E102" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H102" s="10" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="6" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C103" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="D103" s="7" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E103" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H103" s="10" t="s">
-        <v>121</v>
+        <v>425</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="s">
         <v>426</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C104" s="6" t="s">
         <v>427</v>
       </c>
       <c r="D104" s="7" t="s">
         <v>428</v>
       </c>
       <c r="E104" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H104" s="10" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="6" t="s">
         <v>430</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>431</v>
       </c>
       <c r="D105" s="7" t="s">
         <v>432</v>
       </c>
       <c r="E105" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="10" t="s">
-        <v>188</v>
+        <v>433</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="6" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D106" s="7" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E106" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="10" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>11</v>
+        <v>248</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D107" s="7" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="E107" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="7" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H107" s="10" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D108" s="7" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E108" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H108" s="10" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="6" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D109" s="7" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E109" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H109" s="10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D110" s="7" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="E110" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H110" s="10" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B111" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D111" s="7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E111" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H111" s="10" t="s">
-        <v>455</v>
+        <v>179</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>256</v>
+        <v>28</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D112" s="7" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E112" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H112" s="10" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="6" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>11</v>
+        <v>248</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="7" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H113" s="10" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="6" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C114" s="6" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D114" s="7" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E114" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H114" s="10" t="s">
-        <v>467</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="6" t="s">
         <v>468</v>
       </c>
       <c r="B115" s="6" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
       <c r="C115" s="6" t="s">
         <v>469</v>
       </c>
       <c r="D115" s="7" t="s">
         <v>470</v>
       </c>
       <c r="E115" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H115" s="10" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="s">
         <v>472</v>
       </c>
       <c r="B116" s="6" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
       <c r="C116" s="6" t="s">
         <v>473</v>
       </c>
       <c r="D116" s="7" t="s">
         <v>474</v>
       </c>
       <c r="E116" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="10" t="s">
-        <v>188</v>
+        <v>475</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="6" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E117" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H117" s="10" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>256</v>
+        <v>11</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D118" s="7" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E118" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H118" s="10" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="6" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B119" s="6" t="s">
-        <v>11</v>
+        <v>142</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D119" s="7" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E119" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H119" s="10" t="s">
-        <v>350</v>
+        <v>487</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="6" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B120" s="6" t="s">
-        <v>487</v>
+        <v>55</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>489</v>
+        <v>57</v>
       </c>
       <c r="E120" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="7" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="H120" s="10" t="s">
-        <v>490</v>
+        <v>59</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C121" s="6" t="s">
         <v>491</v>
       </c>
-      <c r="B121" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C121" s="6" t="s">
+      <c r="D121" s="7" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E121" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="10" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C122" s="6" t="s">
         <v>495</v>
       </c>
-      <c r="B122" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C122" s="6" t="s">
+      <c r="D122" s="7" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="E122" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H122" s="10" t="s">
-        <v>498</v>
+        <v>332</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="D123" s="7" t="s">
         <v>499</v>
       </c>
-      <c r="B123" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E123" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H123" s="10" t="s">
-        <v>502</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="6" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="B124" s="6" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="C124" s="6" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D124" s="7" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="E124" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H124" s="10" t="s">
-        <v>506</v>
+        <v>327</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="6" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="B125" s="6" t="s">
-        <v>508</v>
+        <v>77</v>
       </c>
       <c r="C125" s="6" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="D125" s="7" t="s">
-        <v>57</v>
+        <v>505</v>
       </c>
       <c r="E125" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G125" s="7" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="H125" s="10" t="s">
-        <v>59</v>
-[...155 lines deleted...]
-        <v>270</v>
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>