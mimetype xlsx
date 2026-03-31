--- v1 (2025-12-31)
+++ v2 (2026-03-31)
@@ -4,57 +4,57 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="479">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
-    <t>12/31/2025
-1:03:15 AM</t>
+    <t>3/31/2026
+11:13:42 AM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>
@@ -382,90 +382,50 @@
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Allison.Nash@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-834-1801</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">1000 S Arkansas Ave
  Russellville AR 72801
-</d:t>
-[...38 lines deleted...]
- 72556
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Amanda Whitney</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Amanda.Whitney@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -937,90 +897,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-636-0937</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">401 College Blvd
  West Memphis
  Arkansas
  72301
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Brittany Murry</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Caitlyn Fite</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Caitlyn.Fite@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-371-1362</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -1249,90 +1169,50 @@
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Danielle.Shepherd@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-371-1409</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-R
  Little Rock
  Arkansas
  72201</d:t>
-    </d:r>
-[...38 lines deleted...]
-</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Debra Mantione</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Debra.Mantione@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -2476,77 +2356,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-683-6403</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-G
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Kevin Stotts</d:t>
-[...25 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Kimberly Banks</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kimberly.Banks@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-683-2353</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -2601,51 +2454,51 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kymmisha Sykes</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kymmisha.Sykes@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-534-5063</d:t>
+      <d:t xml:space="preserve">501-534-6053</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-U
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">LaNeka Ellis</d:t>
     </d:r>
   </si>
   <si>
@@ -2987,108 +2840,50 @@
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Marasha.Grimes@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-910-6417</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall. Rm. 126-A
  Little Rock
  Arkansas
  72201
 </d:t>
-    </d:r>
-[...56 lines deleted...]
- 72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Margie Lundy</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Margie.Lundy@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -3615,90 +3410,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-6021</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 115-Q
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Nnenna Igwe</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Onika Luster</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Onika.Luster@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-267-2118</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -3784,60 +3539,60 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-940-8554</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">900 Southeast 13th
  Bentonville
  Arkansas
  72712
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Patricia Johnson</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">Patricia.M.Johnson@ade.arkansas.gov</d:t>
+      <d:t xml:space="preserve">Patricia Brown</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Patricia.Brown@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-910-6507</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 419
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
@@ -3873,60 +3628,78 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">912 W 6th Ave.
  Pine Bluff
  Arkansas
  71601.
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Quincy Walter</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">Fiscal Support Specialist</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">Quincy.Walter@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-910-7824</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">OEC Finance</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. 416-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Ronnie Benjamin</d:t>
     </d:r>
   </si>
   <si>
@@ -4630,90 +4403,50 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Theresa.Cooper@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-320-6401</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">902 Halligan St.
  Warren
  Arkansas
  71671
-</d:t>
-[...38 lines deleted...]
- 72830
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Tiffany Wood</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Tiffany.Wood@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -5046,51 +4779,51 @@
     <xf fontId="3" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H125"/>
+  <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="1" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.3543796539307" customWidth="1" style="2"/>
     <col min="2" max="2" width="43.2396926879883" customWidth="1" style="2"/>
     <col min="3" max="3" width="42.6064186096191" customWidth="1" style="2"/>
     <col min="4" max="4" width="20.1020545959473" customWidth="1" style="3"/>
     <col min="5" max="5" width="37.5852165222168" customWidth="1" style="3"/>
     <col min="6" max="6" width="25.2521667480469" customWidth="1" style="3"/>
     <col min="7" max="7" width="31.2350521087646" customWidth="1" style="3"/>
     <col min="8" max="8" width="40" customWidth="1" style="4"/>
     <col min="9" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
@@ -5316,92 +5049,92 @@
       </c>
       <c r="C10" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="H11" s="10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="C12" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="7" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="H12" s="10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="s">
         <v>60</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="7" t="s">
@@ -5420,742 +5153,742 @@
       </c>
       <c r="C14" s="6" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H15" s="10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>79</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H18" s="10" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>87</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H19" s="10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="s">
         <v>89</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>91</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H20" s="10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="s">
         <v>93</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>94</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>95</v>
       </c>
       <c r="E21" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="10" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="s">
         <v>97</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>99</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H22" s="10" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>103</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="10" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>107</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H24" s="10" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>110</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>111</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H25" s="10" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="s">
         <v>113</v>
       </c>
       <c r="B26" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="7" t="s">
         <v>115</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H26" s="10" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H27" s="10" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="s">
         <v>121</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>122</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>123</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="10" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="s">
         <v>125</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>126</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>127</v>
       </c>
       <c r="E29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H29" s="10" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="s">
         <v>129</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="10" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="10" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H32" s="10" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>143</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>144</v>
       </c>
       <c r="E33" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="s">
         <v>146</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>11</v>
+        <v>147</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="7" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="H34" s="10" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H35" s="10" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C36" s="6" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H36" s="10" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>162</v>
+        <v>25</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="s">
         <v>164</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>166</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="s">
         <v>168</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>169</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>170</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H39" s="10" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="s">
         <v>172</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>173</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>174</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H40" s="10" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="s">
         <v>176</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>177</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>178</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="H41" s="10" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="7" t="s">
@@ -6174,92 +5907,92 @@
       </c>
       <c r="C43" s="6" t="s">
         <v>185</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="10" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="s">
         <v>188</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>190</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>162</v>
+        <v>16</v>
       </c>
       <c r="H44" s="10" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="s">
         <v>192</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>194</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H45" s="10" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="s">
         <v>196</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C46" s="6" t="s">
         <v>197</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>198</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="7" t="s">
@@ -6267,493 +6000,493 @@
       </c>
       <c r="H46" s="10" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="s">
         <v>200</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>201</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>202</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H47" s="10" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" s="7" t="s">
         <v>205</v>
       </c>
-      <c r="D48" s="7" t="s">
+      <c r="E48" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H48" s="10" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" s="6" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C49" s="6" t="s">
         <v>209</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>210</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="10" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="s">
         <v>212</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="6" t="s">
         <v>213</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>214</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H50" s="10" t="s">
-        <v>179</v>
+        <v>215</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H51" s="10" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>220</v>
+        <v>28</v>
       </c>
       <c r="C52" s="6" t="s">
         <v>221</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>222</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="10" t="s">
-        <v>223</v>
+        <v>124</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C53" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="B53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="6" t="s">
+      <c r="D53" s="7" t="s">
         <v>225</v>
       </c>
-      <c r="D53" s="7" t="s">
+      <c r="E53" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53" s="10" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C54" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="B54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="6" t="s">
+      <c r="D54" s="7" t="s">
         <v>229</v>
       </c>
-      <c r="D54" s="7" t="s">
+      <c r="E54" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H54" s="10" t="s">
         <v>230</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C55" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="B55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="6" t="s">
+      <c r="D55" s="7" t="s">
         <v>233</v>
       </c>
-      <c r="D55" s="7" t="s">
+      <c r="E55" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H55" s="10" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="s">
         <v>235</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>28</v>
+        <v>236</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="H56" s="10" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H57" s="10" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H58" s="10" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>248</v>
+        <v>11</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>249</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>250</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H59" s="10" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="s">
         <v>252</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6" t="s">
         <v>253</v>
       </c>
       <c r="D60" s="7" t="s">
         <v>254</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H60" s="10" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="6" t="s">
         <v>256</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>257</v>
       </c>
       <c r="D61" s="7" t="s">
         <v>258</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="10" t="s">
-        <v>179</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="10" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="10" t="s">
-        <v>266</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="s">
         <v>267</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C64" s="6" t="s">
         <v>268</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>269</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H64" s="10" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="6" t="s">
         <v>271</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>272</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>273</v>
       </c>
       <c r="E65" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="7" t="s">
@@ -6761,1572 +6494,1390 @@
       </c>
       <c r="H65" s="10" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="s">
         <v>275</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>276</v>
       </c>
       <c r="D66" s="7" t="s">
         <v>277</v>
       </c>
       <c r="E66" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H66" s="10" t="s">
-        <v>278</v>
+        <v>259</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="6" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C67" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="D67" s="7" t="s">
         <v>280</v>
       </c>
-      <c r="D67" s="7" t="s">
+      <c r="E67" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H67" s="10" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="s">
         <v>282</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>11</v>
+        <v>236</v>
       </c>
       <c r="C68" s="6" t="s">
         <v>283</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>284</v>
       </c>
       <c r="E68" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="7" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H68" s="10" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="6" t="s">
         <v>286</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>287</v>
       </c>
       <c r="D69" s="7" t="s">
         <v>288</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="10" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="6" t="s">
         <v>290</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C70" s="6" t="s">
         <v>291</v>
       </c>
       <c r="D70" s="7" t="s">
         <v>292</v>
       </c>
       <c r="E70" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="7" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H70" s="10" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E71" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="7" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H71" s="10" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>248</v>
+        <v>11</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D72" s="7" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E72" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H72" s="10" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="6" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>11</v>
+        <v>303</v>
       </c>
       <c r="C73" s="6" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H73" s="10" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>28</v>
+        <v>308</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D74" s="7" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="7" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H74" s="10" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="6" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>310</v>
+        <v>11</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E75" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="7" t="s">
-        <v>313</v>
+        <v>25</v>
       </c>
       <c r="H75" s="10" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D76" s="7" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E76" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H76" s="10" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="6" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D77" s="7" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E77" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H77" s="10" t="s">
-        <v>322</v>
+        <v>112</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="6" t="s">
         <v>323</v>
       </c>
       <c r="B78" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C78" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="C78" s="6" t="s">
+      <c r="D78" s="7" t="s">
         <v>325</v>
       </c>
-      <c r="D78" s="7" t="s">
+      <c r="E78" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" s="10" t="s">
         <v>326</v>
-      </c>
-[...10 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C79" s="6" t="s">
         <v>328</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="D79" s="7" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H79" s="10" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D80" s="7" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E80" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H80" s="10" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="6" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D81" s="7" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E81" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="10" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="D82" s="7" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E82" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H82" s="10" t="s">
-        <v>120</v>
+        <v>342</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C83" s="6" t="s">
         <v>344</v>
       </c>
-      <c r="B83" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="6" t="s">
+      <c r="D83" s="7" t="s">
         <v>345</v>
       </c>
-      <c r="D83" s="7" t="s">
+      <c r="E83" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H83" s="10" t="s">
         <v>346</v>
-      </c>
-[...10 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="6" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C84" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="D84" s="7" t="s">
         <v>349</v>
       </c>
-      <c r="D84" s="7" t="s">
+      <c r="E84" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H84" s="10" t="s">
         <v>350</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="C85" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="B85" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="6" t="s">
+      <c r="D85" s="7" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E85" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H85" s="10" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="B86" s="6" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>357</v>
       </c>
       <c r="D86" s="7" t="s">
         <v>358</v>
       </c>
       <c r="E86" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="7" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H86" s="10" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="6" t="s">
         <v>360</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>361</v>
       </c>
       <c r="D87" s="7" t="s">
         <v>362</v>
       </c>
       <c r="E87" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H87" s="10" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="s">
         <v>364</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>365</v>
       </c>
       <c r="D88" s="7" t="s">
         <v>366</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="7" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H88" s="10" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="6" t="s">
         <v>368</v>
       </c>
       <c r="B89" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>369</v>
       </c>
       <c r="D89" s="7" t="s">
         <v>370</v>
       </c>
       <c r="E89" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H89" s="10" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="6" t="s">
         <v>372</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>11</v>
+        <v>373</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D90" s="7" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E90" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="7" t="s">
-        <v>25</v>
+        <v>376</v>
       </c>
       <c r="H90" s="10" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="6" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D91" s="7" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E91" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H91" s="10" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="6" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>381</v>
+        <v>11</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D92" s="7" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E92" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="7" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H92" s="10" t="s">
-        <v>384</v>
+        <v>112</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="6" t="s">
         <v>385</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>386</v>
       </c>
       <c r="D93" s="7" t="s">
         <v>387</v>
       </c>
       <c r="E93" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H93" s="10" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="6" t="s">
         <v>389</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>390</v>
       </c>
       <c r="D94" s="7" t="s">
         <v>391</v>
       </c>
       <c r="E94" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="10" t="s">
-        <v>392</v>
+        <v>167</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C95" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="D95" s="7" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="E95" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H95" s="10" t="s">
-        <v>396</v>
+        <v>26</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="D96" s="7" t="s">
         <v>397</v>
       </c>
-      <c r="B96" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C96" s="6" t="s">
+      <c r="E96" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" s="10" t="s">
         <v>398</v>
-      </c>
-[...13 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="6" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C97" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H97" s="10" t="s">
         <v>402</v>
-      </c>
-[...13 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B98" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D98" s="7" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E98" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H98" s="10" t="s">
-        <v>120</v>
+        <v>406</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="6" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C99" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="D99" s="7" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="E99" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="10" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C100" s="6" t="s">
         <v>412</v>
       </c>
-      <c r="B100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="6" t="s">
+      <c r="D100" s="7" t="s">
         <v>413</v>
       </c>
-      <c r="D100" s="7" t="s">
+      <c r="E100" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="H100" s="10" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="6" t="s">
         <v>415</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>11</v>
+        <v>236</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>416</v>
       </c>
       <c r="D101" s="7" t="s">
         <v>417</v>
       </c>
       <c r="E101" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="7" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H101" s="10" t="s">
-        <v>26</v>
+        <v>418</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="6" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B102" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D102" s="7" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E102" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H102" s="10" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="6" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B103" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D103" s="7" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E103" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H103" s="10" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="6" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D104" s="7" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E104" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="10" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="6" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D105" s="7" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E105" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="10" t="s">
-        <v>433</v>
+        <v>167</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="6" t="s">
         <v>434</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C106" s="6" t="s">
         <v>435</v>
       </c>
       <c r="D106" s="7" t="s">
         <v>436</v>
       </c>
       <c r="E106" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H106" s="10" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="s">
         <v>438</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
       <c r="C107" s="6" t="s">
         <v>439</v>
       </c>
       <c r="D107" s="7" t="s">
         <v>440</v>
       </c>
       <c r="E107" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="7" t="s">
         <v>40</v>
       </c>
       <c r="H107" s="10" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="s">
         <v>442</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C108" s="6" t="s">
         <v>443</v>
       </c>
       <c r="D108" s="7" t="s">
         <v>444</v>
       </c>
       <c r="E108" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H108" s="10" t="s">
-        <v>445</v>
+        <v>319</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C109" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="6" t="s">
+      <c r="D109" s="7" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="E109" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="10" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C110" s="6" t="s">
         <v>450</v>
       </c>
-      <c r="B110" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="6" t="s">
+      <c r="D110" s="7" t="s">
         <v>451</v>
       </c>
-      <c r="D110" s="7" t="s">
+      <c r="E110" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H110" s="10" t="s">
         <v>452</v>
-      </c>
-[...10 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="6" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C111" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="D111" s="7" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E111" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="10" t="s">
-        <v>179</v>
+        <v>456</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="6" t="s">
         <v>457</v>
       </c>
       <c r="B112" s="6" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="C112" s="6" t="s">
         <v>458</v>
       </c>
       <c r="D112" s="7" t="s">
         <v>459</v>
       </c>
       <c r="E112" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H112" s="10" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="6" t="s">
         <v>461</v>
       </c>
       <c r="B113" s="6" t="s">
-        <v>248</v>
+        <v>51</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>462</v>
       </c>
       <c r="D113" s="7" t="s">
-        <v>463</v>
+        <v>53</v>
       </c>
       <c r="E113" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="7" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="H113" s="10" t="s">
-        <v>464</v>
+        <v>55</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="6" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C114" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="E114" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" s="10" t="s">
         <v>466</v>
-      </c>
-[...13 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="C115" s="6" t="s">
         <v>468</v>
       </c>
-      <c r="B115" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C115" s="6" t="s">
+      <c r="D115" s="7" t="s">
         <v>469</v>
       </c>
-      <c r="D115" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H115" s="10" t="s">
-        <v>471</v>
+        <v>311</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="D116" s="7" t="s">
         <v>472</v>
       </c>
-      <c r="B116" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H116" s="10" t="s">
-        <v>475</v>
+        <v>319</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="6" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B117" s="6" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="E117" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H117" s="10" t="s">
-        <v>479</v>
+        <v>306</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="B118" s="6" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D118" s="7" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="E118" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="H118" s="10" t="s">
-        <v>483</v>
-[...181 lines deleted...]
-        <v>262</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>