--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="479">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
     <t>3/31/2026
-11:13:42 AM</t>
+12:45:46 PM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>