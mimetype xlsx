--- v0 (2025-10-13)
+++ v1 (2026-03-31)
@@ -4,57 +4,57 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
-    <t>10/13/2025
-5:29:02 PM</t>
+    <t>3/31/2026
+11:11:13 AM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>
@@ -106,51 +106,51 @@
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Federal Programs</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Part C - First Connections</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B38-A
+ Rm. B38-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Amber Graham</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Education Program Manager</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -216,91 +216,78 @@
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">479-747-7965</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">1000 South Avenue
  Russellville
  Arkansas
  72801
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Ashley Kottler</d:t>
-[...39 lines deleted...]
- 72201</d:t>
+      <d:t xml:space="preserve">Angelica Flannigan</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Administrative Specialist</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Angelica.Flannigan@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-682-8857</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Brittney Mitchell</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Brittney.Mitchell@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
@@ -333,262 +320,298 @@
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Chanda.Young-Olive@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-371-1325</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B24-A
+ Rm. B24-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Conique Scoggins</d:t>
-[...17 lines deleted...]
-      <d:t xml:space="preserve">501-683-4358</d:t>
+      <d:t xml:space="preserve">Christina Arnold</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Christina.Arnold@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-266-1323</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Eureka Springs School District
+ 156 Greenwood Hollow Road
+ Eureka Springs
+ Arkansas
+ 72632</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Crystal Lewis</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Licensing Coordinator</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Crystal.Lewis@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-682-3743</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B28-E
+ Rm. B28-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Crystal Lewis</d:t>
-[...38 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Heather Preston</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Heather.Preston@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">479-332-6776</d:t>
-[...8 lines deleted...]
-      <d:t xml:space="preserve">314 North Gaskill St
+      <d:t xml:space="preserve">870-833-0271</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Huntsville School District
+ 570 West Maint
  Huntsville
  Arkansas
- 72740
-</d:t>
+ 72740</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Janet Jones</d:t>
-    </d:r>
-[...7 lines deleted...]
-      <d:t xml:space="preserve">Administrative Specialist</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Janet.Jones@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">501-590-0673</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">102 West Smith
  Brookland
  Arkansas
  724117
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">Jessica Lewis</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Professional Development and Technical Assistant Specialist</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Jessica.Lewis@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-274-9429</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">Kanisha Griswold</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kanisha.Griswold@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-682-8158</d:t>
-[...11 lines deleted...]
- 72201
+      <d:t xml:space="preserve">501-541-5825</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Mayflower School District
+ 7 Ashmore Drive
+ Mayflower
+ AR  72106
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Keia McClellan</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Keia.McClellan@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
@@ -611,340 +634,376 @@
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kimberly Jones</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Kimberly.Jones@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
+      <d:t xml:space="preserve">501-682-8158</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B37-E
+ Rm. B37-E
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Kristie Farr</d:t>
-[...17 lines deleted...]
-      <d:t xml:space="preserve">501-682-1935</d:t>
+      <d:t xml:space="preserve">Kristi Bartlett</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Kristi.Bartlett@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-647-0370</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">1006 S. Arkansas
+ Russellville
+ Arkansas
+ 72801
+</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Lajoy Montgomery</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Service Coordination Manager</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Lajoy.Montgomery@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">LaToya Pettus</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Grants Analyst</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">LaToya.Pettus@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-371-1310</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B28-G
+ Rm. B37-A
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">LaToya Pettus</d:t>
-[...26 lines deleted...]
-      <d:t xml:space="preserve">501-371-1310</d:t>
+      <d:t xml:space="preserve">Michelle Clark</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Michelle.Clark@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-682-0378</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B37-A
+ Rm. B24-C
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Michelle Clark</d:t>
-[...17 lines deleted...]
-      <d:t xml:space="preserve">501-682-0378</d:t>
+      <d:t xml:space="preserve">Ravyn Hawkins</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Ravyn.Hawkins@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-321-2583 X222</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B24-C
+ Rm. B24-B
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Ravyn Hawkins</d:t>
-[...17 lines deleted...]
-      <d:t xml:space="preserve">501-321-2583 X222</d:t>
+      <d:t xml:space="preserve">Shantella Davis</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Trainer</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Shantella.Davis@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-230-7029</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
- B24-B
+ Rm. B37-C
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Shantella Davis</d:t>
-[...47 lines deleted...]
-      </d:rPr>
       <d:t xml:space="preserve">Sondra Wilemon</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Sondra.Wilemon@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">870-773-0563 X10375</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">3809 Airport Plaza
+      <d:t xml:space="preserve">Highway 196
  Texarkana
  Arkansas
  71854
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Susan Fancher</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Susan.Fancher@ade.arkansas.gov</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">501-644-4291</d:t>
+      <d:t xml:space="preserve">501-541-7381</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">314 North Gaskill Street
  Huntsville
  Arkansas
  72740
 </d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Tammy Dawson</d:t>
     </d:r>
   </si>
   <si>
@@ -1084,58 +1143,58 @@
     <xf fontId="3" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="1" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.4443168640137" customWidth="1" style="2"/>
-    <col min="2" max="2" width="31.7291927337646" customWidth="1" style="2"/>
+    <col min="2" max="2" width="59.8092613220215" customWidth="1" style="2"/>
     <col min="3" max="3" width="40.6963539123535" customWidth="1" style="2"/>
     <col min="4" max="4" width="22.8622856140137" customWidth="1" style="3"/>
     <col min="5" max="5" width="37.5852165222168" customWidth="1" style="3"/>
     <col min="6" max="6" width="18.6677188873291" customWidth="1" style="3"/>
     <col min="7" max="7" width="26.1545104980469" customWidth="1" style="3"/>
     <col min="8" max="8" width="40" customWidth="1" style="4"/>
     <col min="9" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="11"/>
       <c r="H1" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
@@ -1242,137 +1301,137 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="10" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="E7" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H7" s="10" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="7" t="s">
+      <c r="E8" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" s="10" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="6" t="s">
+      <c r="D9" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="D9" s="7" t="s">
+      <c r="E9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H9" s="10" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="6" t="s">
@@ -1380,339 +1439,391 @@
       </c>
       <c r="C11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="C12" s="6" t="s">
+      <c r="D12" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="7" t="s">
+      <c r="E12" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="10" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="6" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="10" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="7" t="s">
+      <c r="E14" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="10" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="6" t="s">
+      <c r="D15" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="10" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>71</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="s">
         <v>73</v>
       </c>
       <c r="B17" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="6" t="s">
+      <c r="D17" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="D17" s="7" t="s">
+      <c r="E17" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H17" s="10" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="6" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C19" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="6" t="s">
+      <c r="D19" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="D19" s="7" t="s">
+      <c r="E19" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="10" t="s">
         <v>84</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="D20" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="C20" s="6" t="s">
+      <c r="E20" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="10" t="s">
         <v>88</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="6" t="s">
+      <c r="E21" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="10" t="s">
         <v>92</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="6" t="s">
+      <c r="D22" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="D22" s="7" t="s">
+      <c r="E22" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="10" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="7" t="s">
+      <c r="E23" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H23" s="10" t="s">
         <v>101</v>
       </c>
-      <c r="E23" s="7" t="s">
-[...8 lines deleted...]
-      <c r="H23" s="10" t="s">
+    </row>
+    <row r="24">
+      <c r="A24" s="6" t="s">
         <v>102</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>