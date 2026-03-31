--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -10,51 +10,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
     <t>3/31/2026
-11:11:13 AM</t>
+12:46:17 PM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>