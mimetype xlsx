--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -4,1350 +4,153 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
-    <t>11/3/2025
-6:59:53 AM</t>
+    <t>12/31/2025
+1:03:15 AM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
-      <d:t xml:space="preserve">Bianca Henry</d:t>
-[...26 lines deleted...]
-      <d:t xml:space="preserve">501-320-8935</d:t>
+      <d:t xml:space="preserve">Brandon L. Hughes</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Investigator III</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">Brandon.Hughes@ade.arkansas.gov</d:t>
+    </d:r>
+  </si>
+  <si>
+    <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+      <d:rPr>
+        <d:sz val="11"/>
+        <d:rFont val="Raleway"/>
+      </d:rPr>
+      <d:t xml:space="preserve">501-910-6428</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Elementary and Secondary Education</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">District Operations</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Health and Nutrition Unit</d:t>
-    </d:r>
-[...47 lines deleted...]
-      <d:t xml:space="preserve">501-910-6428</d:t>
     </d:r>
   </si>
   <si>
     <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <d:rPr>
         <d:sz val="11"/>
         <d:rFont val="Raleway"/>
       </d:rPr>
       <d:t xml:space="preserve">Two Capitol Mall
  Rm. G28-H
- Little Rock
-[...1146 lines deleted...]
- Rm. G28-K
  Little Rock
  Arkansas
  72201</d:t>
     </d:r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000" tint="0"/>
       <name val="Raleway"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFFFFFF" tint="0"/>
@@ -1437,59 +240,59 @@
     <xf fontId="3" applyFont="1" fillId="3" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="1" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" showGridLines="1" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.9537105560303" customWidth="1" style="2"/>
-    <col min="2" max="2" width="36.6593437194824" customWidth="1" style="2"/>
-    <col min="3" max="3" width="38.7873153686523" customWidth="1" style="2"/>
+    <col min="2" max="2" width="14.9519443511963" customWidth="1" style="2"/>
+    <col min="3" max="3" width="36.8332633972168" customWidth="1" style="2"/>
     <col min="4" max="4" width="14.8496379852295" customWidth="1" style="3"/>
     <col min="5" max="5" width="37.5852165222168" customWidth="1" style="3"/>
     <col min="6" max="6" width="19.1720886230469" customWidth="1" style="3"/>
     <col min="7" max="7" width="24.8910236358643" customWidth="1" style="3"/>
     <col min="8" max="8" width="40" customWidth="1" style="4"/>
     <col min="9" max="16384" width="9.140625" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="11"/>
       <c r="H1" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>2</v>
@@ -1520,760 +323,32 @@
       <c r="A3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4">
-[...726 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>