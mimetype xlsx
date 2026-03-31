--- v1 (2025-12-31)
+++ v2 (2026-03-31)
@@ -9,52 +9,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="AED" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>ADE Employee Directory</t>
   </si>
   <si>
-    <t>12/31/2025
-1:03:15 AM</t>
+    <t>3/31/2026
+11:07:51 AM</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Telephone</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Office</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Address</t>
   </si>